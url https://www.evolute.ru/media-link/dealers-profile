--- v0 (2025-10-15)
+++ v1 (2026-02-16)
@@ -1,132 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="fntdata" ContentType="application/x-fontdata"/>
   <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" embedTrueTypeFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483651" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId18"/>
+    <p:notesMasterId r:id="rId22"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="378" r:id="rId2"/>
     <p:sldId id="380" r:id="rId3"/>
     <p:sldId id="381" r:id="rId4"/>
     <p:sldId id="391" r:id="rId5"/>
-    <p:sldId id="382" r:id="rId6"/>
+    <p:sldId id="395" r:id="rId6"/>
     <p:sldId id="383" r:id="rId7"/>
     <p:sldId id="384" r:id="rId8"/>
     <p:sldId id="393" r:id="rId9"/>
-    <p:sldId id="392" r:id="rId10"/>
-[...6 lines deleted...]
-    <p:sldId id="390" r:id="rId17"/>
+    <p:sldId id="397" r:id="rId10"/>
+    <p:sldId id="396" r:id="rId11"/>
+    <p:sldId id="392" r:id="rId12"/>
+    <p:sldId id="398" r:id="rId13"/>
+    <p:sldId id="385" r:id="rId14"/>
+    <p:sldId id="389" r:id="rId15"/>
+    <p:sldId id="386" r:id="rId16"/>
+    <p:sldId id="387" r:id="rId17"/>
+    <p:sldId id="394" r:id="rId18"/>
+    <p:sldId id="399" r:id="rId19"/>
+    <p:sldId id="388" r:id="rId20"/>
+    <p:sldId id="390" r:id="rId21"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:embeddedFontLst>
     <p:embeddedFont>
       <p:font typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
-      <p:regular r:id="rId19"/>
-[...5 lines deleted...]
-      <p:font typeface="Montserrat" panose="00000500000000000000" pitchFamily="2" charset="-52"/>
       <p:regular r:id="rId23"/>
       <p:bold r:id="rId24"/>
       <p:italic r:id="rId25"/>
       <p:boldItalic r:id="rId26"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
+      <p:font typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
       <p:regular r:id="rId27"/>
       <p:bold r:id="rId28"/>
       <p:italic r:id="rId29"/>
-      <p:boldItalic r:id="rId30"/>
     </p:embeddedFont>
     <p:embeddedFont>
-      <p:font typeface="Malgun Gothic" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
-[...1 lines deleted...]
-      <p:bold r:id="rId32"/>
+      <p:font typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
+      <p:regular r:id="rId30"/>
+      <p:bold r:id="rId31"/>
+      <p:italic r:id="rId32"/>
+      <p:boldItalic r:id="rId33"/>
+    </p:embeddedFont>
+    <p:embeddedFont>
+      <p:font typeface="맑은 고딕" panose="020B0503020000020004" pitchFamily="34" charset="-127"/>
+      <p:regular r:id="rId34"/>
+      <p:bold r:id="rId35"/>
     </p:embeddedFont>
   </p:embeddedFontLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="x-none"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
@@ -193,51 +199,51 @@
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" pos="597" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="6992" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="3" orient="horz" pos="958" userDrawn="1">
+        <p15:guide id="3" orient="horz" pos="935" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" orient="horz" pos="3861" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="5" orient="horz" pos="595" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="6" orient="horz" pos="618" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="7" pos="7333" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
@@ -903,90 +909,90 @@
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on">
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent5"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="15610"/>
+    <p:restoredLeft sz="16980" autoAdjust="0"/>
     <p:restoredTop sz="95982"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="116" d="100"/>
-          <a:sy n="116" d="100"/>
+          <a:sx n="94" d="100"/>
+          <a:sy n="94" d="100"/>
         </p:scale>
-        <p:origin x="354" y="108"/>
+        <p:origin x="106" y="154"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="597"/>
         <p:guide pos="6992"/>
-        <p:guide orient="horz" pos="958"/>
+        <p:guide orient="horz" pos="935"/>
         <p:guide orient="horz" pos="3861"/>
         <p:guide orient="horz" pos="595"/>
         <p:guide orient="horz" pos="618"/>
         <p:guide pos="7333"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.fntdata"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.fntdata"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.fntdata"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.fntdata"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.fntdata"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.fntdata"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.fntdata"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.fntdata"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.fntdata"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.fntdata"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.fntdata"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.fntdata"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.fntdata"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.fntdata"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1031,51 +1037,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{7A9D1EE2-EA5A-415C-AB70-FE4197719002}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>06.10.2025</a:t>
+              <a:t>12.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Образ слайда 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1357,152 +1363,152 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Титульный лист">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{ADED1AA0-A141-583B-53AA-54ED3937D3C1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADED1AA0-A141-583B-53AA-54ED3937D3C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Рисунок 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{65F58672-6F5F-E642-324E-21DE14405140}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65F58672-6F5F-E642-324E-21DE14405140}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="-19896"/>
             <a:ext cx="6169152" cy="6897792"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{074AE6B4-BCCC-A3A4-3CFA-2357A9004BA5}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{074AE6B4-BCCC-A3A4-3CFA-2357A9004BA5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect b="50194"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9348717" y="363540"/>
             <a:ext cx="2462828" cy="453319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Текст 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{55D3D5DF-EC85-74D9-8C97-A98F4A37DEB9}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55D3D5DF-EC85-74D9-8C97-A98F4A37DEB9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="2943780"/>
             <a:ext cx="4908550" cy="1077218"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200" b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
@@ -1544,211 +1550,211 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Заголовок, текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E7415884-8912-A892-A4E9-F191CAC5C96C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7415884-8912-A892-A4E9-F191CAC5C96C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550865" y="339587"/>
             <a:ext cx="6255050" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400" b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Название темы</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="2" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{763B3588-FA0F-F00C-1ED7-06CE0C1634D1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{763B3588-FA0F-F00C-1ED7-06CE0C1634D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608034" y="960940"/>
             <a:ext cx="11208060" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:srgbClr val="5495D5"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0D95E3F-AC4E-5556-6CB2-7A83B659CFD4}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0D95E3F-AC4E-5556-6CB2-7A83B659CFD4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect r="80235" b="50407"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11405186" y="328175"/>
             <a:ext cx="555009" cy="514653"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{46484043-64AD-E330-5FE2-DD0BE50B4B2A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46484043-64AD-E330-5FE2-DD0BE50B4B2A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550863" y="1287463"/>
             <a:ext cx="9559052" cy="4559545"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -1806,93 +1812,93 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="текст с булитами">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B997BF21-8FCC-1295-7013-B66F4055FADF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B997BF21-8FCC-1295-7013-B66F4055FADF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041071" y="2064453"/>
             <a:ext cx="5858540" cy="1235428"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -2026,170 +2032,170 @@
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>quis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> ex </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>hendrerit</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> gravida</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FA04768D-1AF9-D2DA-4AF4-3BBC40403723}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA04768D-1AF9-D2DA-4AF4-3BBC40403723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550865" y="339587"/>
             <a:ext cx="6255050" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2800" b="0" i="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Название темы</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="2" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{74F18938-A62C-7463-71CF-73E6F8A04CDD}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74F18938-A62C-7463-71CF-73E6F8A04CDD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608034" y="960940"/>
             <a:ext cx="11208060" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:srgbClr val="5495D5"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2BA599F0-B016-5C5C-AE58-5DBD6BC5339C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BA599F0-B016-5C5C-AE58-5DBD6BC5339C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect r="80235" b="50407"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11405186" y="328175"/>
             <a:ext cx="555009" cy="514653"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6C06AA9D-33BF-E8B5-F0F8-2E2E715DCFE8}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C06AA9D-33BF-E8B5-F0F8-2E2E715DCFE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041071" y="3429001"/>
             <a:ext cx="5858540" cy="1246496"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -2323,51 +2329,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>quis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> ex </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>hendrerit</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> gravida</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE0B55C0-7844-EE5B-69B2-9C93F88FD00A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE0B55C0-7844-EE5B-69B2-9C93F88FD00A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041071" y="4932581"/>
             <a:ext cx="5858540" cy="1246496"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -2501,51 +2507,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>quis</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> ex </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>hendrerit</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> gravida</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="TextBox 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6FC491C6-B54C-BE55-AC52-EB3A27034316}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FC491C6-B54C-BE55-AC52-EB3A27034316}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608035" y="1912828"/>
             <a:ext cx="438150" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -2564,51 +2570,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4197DF"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="3600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4197DF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="TextBox 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2BB04CEC-A141-E00E-D6E8-BC088BE1A703}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BB04CEC-A141-E00E-D6E8-BC088BE1A703}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608035" y="3341336"/>
             <a:ext cx="438150" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -2627,51 +2633,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4197DF"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="3600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4197DF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="TextBox 16">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4FF57D7B-9C69-9B02-8CD4-BC5203813EB7}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FF57D7B-9C69-9B02-8CD4-BC5203813EB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608035" y="4804618"/>
             <a:ext cx="438150" cy="646331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
@@ -2690,51 +2696,51 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4197DF"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>3</a:t>
             </a:r>
             <a:endParaRPr lang="x-none" sz="3600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="4197DF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9A489690-449A-1B17-2071-D9770BCF3FCA}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A489690-449A-1B17-2071-D9770BCF3FCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608034" y="1383491"/>
             <a:ext cx="9316151" cy="368280"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -2778,93 +2784,93 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="рисунок и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B997BF21-8FCC-1295-7013-B66F4055FADF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B997BF21-8FCC-1295-7013-B66F4055FADF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5896708" y="1598681"/>
             <a:ext cx="5744429" cy="4344919"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -3045,183 +3051,183 @@
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>finibus</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t> at </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0" err="1"/>
               <a:t>orci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Рисунок 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88AEEDC6-B850-44B5-3A70-8220D355E12C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88AEEDC6-B850-44B5-3A70-8220D355E12C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550863" y="1598681"/>
             <a:ext cx="4822807" cy="4344919"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E6B9EC31-3286-23D4-0CE6-12AAA1E8089A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6B9EC31-3286-23D4-0CE6-12AAA1E8089A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550865" y="339587"/>
             <a:ext cx="6255050" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400" b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Название темы</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="2" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F18CE8CC-B28F-98CB-B35C-8B724D1EF44C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F18CE8CC-B28F-98CB-B35C-8B724D1EF44C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608034" y="960940"/>
             <a:ext cx="11208060" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:srgbClr val="5495D5"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7DA65075-2837-61F6-AB22-7E38DFA3479D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DA65075-2837-61F6-AB22-7E38DFA3479D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect r="80235" b="50407"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11405186" y="328175"/>
             <a:ext cx="555009" cy="514653"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
@@ -3236,211 +3242,211 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="диаграмма и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E5BC6F6C-A796-AC5C-6D62-71F2052B2F2F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5BC6F6C-A796-AC5C-6D62-71F2052B2F2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550865" y="339587"/>
             <a:ext cx="6255050" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400" b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Название темы</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="2" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6D147DD9-5F7E-436B-C37A-750E848575EA}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D147DD9-5F7E-436B-C37A-750E848575EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608034" y="960940"/>
             <a:ext cx="11208060" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:srgbClr val="5495D5"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6B0952C8-05A4-D599-0A77-B23D51F82CCB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B0952C8-05A4-D599-0A77-B23D51F82CCB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect r="80235" b="50407"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11405186" y="328175"/>
             <a:ext cx="555009" cy="514653"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0FA9109E-5363-C311-DC35-E8EAA0175DEF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FA9109E-5363-C311-DC35-E8EAA0175DEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5896708" y="1598681"/>
             <a:ext cx="5744429" cy="4344919"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -3651,211 +3657,211 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="таблица и текст">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E5BC6F6C-A796-AC5C-6D62-71F2052B2F2F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5BC6F6C-A796-AC5C-6D62-71F2052B2F2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550865" y="339587"/>
             <a:ext cx="6255050" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2400" b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Название темы</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="2" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6D147DD9-5F7E-436B-C37A-750E848575EA}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D147DD9-5F7E-436B-C37A-750E848575EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="608034" y="960940"/>
             <a:ext cx="11208060" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:srgbClr val="5495D5"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6B0952C8-05A4-D599-0A77-B23D51F82CCB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B0952C8-05A4-D599-0A77-B23D51F82CCB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect r="80235" b="50407"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11405186" y="328175"/>
             <a:ext cx="555009" cy="514653"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Текст 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0FA9109E-5363-C311-DC35-E8EAA0175DEF}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FA9109E-5363-C311-DC35-E8EAA0175DEF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5896708" y="1598681"/>
             <a:ext cx="5744429" cy="4344919"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
               </a:defRPr>
@@ -4066,51 +4072,51 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Разделитель">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Прямоугольник 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{21EC7F61-878C-07EF-1D7C-5FAE0FE9DC1D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21EC7F61-878C-07EF-1D7C-5FAE0FE9DC1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="5495D5"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
@@ -4122,177 +4128,177 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{066B3DDE-E011-C635-FDFF-CC255E6EFA96}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{066B3DDE-E011-C635-FDFF-CC255E6EFA96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:duotone>
               <a:schemeClr val="bg2">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:lum bright="40000" contrast="40000"/>
           </a:blip>
           <a:srcRect b="50194"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9169550" y="413699"/>
             <a:ext cx="2462828" cy="453319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{97D8A794-66E5-AB43-6028-D05F71278E1D}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97D8A794-66E5-AB43-6028-D05F71278E1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2133600" y="3706157"/>
             <a:ext cx="10058400" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Текст 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0C89EA02-826E-0806-B869-069BBBC12DAA}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C89EA02-826E-0806-B869-069BBBC12DAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2004632" y="3002892"/>
             <a:ext cx="5532478" cy="584775"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
@@ -4322,93 +4328,93 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="2_Разделитель">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1FB9D356-E566-1FF0-5043-39A932280B06}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FB9D356-E566-1FF0-5043-39A932280B06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="5495D5"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
@@ -4420,119 +4426,119 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Рисунок 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9291-C26A-2B7E-4829-E66EAD2439C7}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9291-C26A-2B7E-4829-E66EAD2439C7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="6169152" cy="6897792"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9BB79F86-6093-AFE2-63DA-ED7BA5943727}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BB79F86-6093-AFE2-63DA-ED7BA5943727}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:duotone>
               <a:schemeClr val="bg2">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:lum bright="40000" contrast="40000"/>
           </a:blip>
           <a:srcRect b="50194"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9169550" y="413699"/>
             <a:ext cx="2462828" cy="453319"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Текст 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{51928260-E014-00AB-37FF-96210CFFA15F}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51928260-E014-00AB-37FF-96210CFFA15F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5978350" y="2996895"/>
             <a:ext cx="4080050" cy="1904713"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200" b="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
@@ -4569,168 +4575,168 @@
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Финальный слайд">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FCA97F5-5EBD-323D-3320-EFEB7A5C5F13}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{1D7BD065-BB1D-664F-ADA1-98517FFC72FF}" type="slidenum">
               <a:rPr lang="ru-RU" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="000000">
                     <a:tint val="75000"/>
                   </a:srgbClr>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU">
               <a:solidFill>
                 <a:srgbClr val="000000">
                   <a:tint val="75000"/>
                 </a:srgbClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="4" name="Straight Connector 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{03CA1FCA-24B2-2ABE-4091-95D6863AF30A}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03CA1FCA-24B2-2ABE-4091-95D6863AF30A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2133600" y="3915422"/>
             <a:ext cx="10058400" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450" cap="flat">
             <a:solidFill>
               <a:srgbClr val="5495D5"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:scrgbClr r="0" g="0" b="0"/>
           </a:effectRef>
           <a:fontRef idx="none"/>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D40DA6B7-ABAA-E3A8-3248-F4815FE3DEA1}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D40DA6B7-ABAA-E3A8-3248-F4815FE3DEA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect r="80235" b="50407"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11341290" y="341823"/>
             <a:ext cx="555009" cy="514653"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Текст 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E3EDDF6-6F8A-FA04-0A0C-1889544C1218}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E3EDDF6-6F8A-FA04-0A0C-1889544C1218}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2059169" y="2674670"/>
             <a:ext cx="4908550" cy="1077218"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="3200" b="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
@@ -4776,89 +4782,89 @@
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FC788DF4-EFCF-8C9C-8B66-94FDB1B07A96}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC788DF4-EFCF-8C9C-8B66-94FDB1B07A96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550865" y="286422"/>
             <a:ext cx="6255050" cy="609577"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Текст 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75A8DD59-120B-7228-5B6F-6D08DD00FDB6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75A8DD59-120B-7228-5B6F-6D08DD00FDB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="1253331"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -4867,51 +4873,51 @@
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Второй уровень</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0"/>
               <a:t>Третий уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Номер слайда 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BC5969AC-B835-2269-5026-ED8FF789D1EB}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC5969AC-B835-2269-5026-ED8FF789D1EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10844010" y="6505801"/>
             <a:ext cx="797127" cy="297735"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200" baseline="0">
                 <a:solidFill>
@@ -5256,79 +5262,95 @@
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="3" orient="horz" pos="164">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="4" orient="horz" pos="4088">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dnd@df-trading.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dnd@df-trading.ru" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
@@ -5337,180 +5359,3794 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Текст 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{58715582-0782-9D96-47BB-12F567EE362C}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58715582-0782-9D96-47BB-12F567EE362C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2085313" y="2339790"/>
+            <a:off x="2122667" y="2387498"/>
             <a:ext cx="8977133" cy="1723008"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t>ЗАЯВКА НА ОТКРЫТИЕ ДИЛЕРСКОГО ЦЕНТРА В Г</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
               <a:t>._________(</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0"/>
               <a:t>название города</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" sz="2400" dirty="0" smtClean="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
+            <a:endParaRPr lang="ru-RU" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1062892" y="5634893"/>
-            <a:ext cx="4775200" cy="369332"/>
+            <a:ext cx="4775200" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Дата ________</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2412791424"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Информация о бюджете для бизнеса</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Group 106"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4179194393"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2070612" y="2716425"/>
+          <a:ext cx="7741298" cy="1718039"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="3827278">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="3914020">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="482932">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" altLang="ko-KR" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Тип планируемого бюджета</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Планируемый бюджет для бизнеса </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Evolute</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="422832">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="88900" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Собственные средства (Сумма Руб.)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="389443">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="88900" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" altLang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Выделенная кредитная линия </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Сумма </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Руб.)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="422832">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="88900" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" altLang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Факторинг </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>(</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Сумма </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Руб.)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1649996546"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="613388" y="371498"/>
+            <a:ext cx="8189724" cy="609577"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>Бюджет на маркетинг</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Group 188"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3184121058"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2197170" y="2560379"/>
+          <a:ext cx="7127631" cy="1676885"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2874845"/>
+                <a:gridCol w="2208178"/>
+                <a:gridCol w="2044608"/>
+              </a:tblGrid>
+              <a:tr h="286224">
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Прогноз  </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>маркетинговых затрат*</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="329352">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Период</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>2026</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>2027</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="343676">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>EVOLUTE</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="360783">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Сумма</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>,</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Руб.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="356850">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Сумма</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>на</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>один</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> а/м, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Руб</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>.</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321961898"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="742784" y="260350"/>
+            <a:ext cx="10515600" cy="662782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Персонал дилерского центра</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Group 188"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3133996897"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="1485703" y="1777377"/>
+          <a:ext cx="4252785" cy="4010772"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1491237">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1380774">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1380774">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2517539005"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="443483">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Должность</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Количество сотрудников</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Выделенная штатная единица</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Директор ДЦ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443483">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Маркетолог</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Менеджер клиентской службы</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Администратор</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2585971371"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Бухгалтер-кассир</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1428565063"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Руководитель отдела продаж</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3349647496"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Менеджер отдела продаж</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="9916251"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Менеджер по кредитованию и страхованию</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1083532294"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="9" name="Group 188"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1404060246"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="6022207" y="1777377"/>
+          <a:ext cx="4252785" cy="4010771"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1491237">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1380774">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1380774">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2517539005"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="443483">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Должность</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Количество сотрудников</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Выделенная штатная единица</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Руководитель отдела сервиса и запасных частей</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Мастер-консультант</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Менеджер отдела запасных частей</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2585971371"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Инженер по гарантии</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1428565063"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Мастер цеха</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3349647496"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Диагност</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="9916251"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Механик</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1083532294"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="443482">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Кладовщик</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1942981456"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2876408845"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>Генеральный план территории</a:t>
@@ -5539,204 +9175,210 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Пожалуйста, приложите схему с нанесением всех объектов, расположенных на предлагаемой территории, включая элементы наружной идентификации, ограждения и технические конструкции</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2751015" y="2018703"/>
+            <a:off x="3243996" y="1979014"/>
             <a:ext cx="5409979" cy="4260481"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Стрелка вправо 5"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1133231" y="2305538"/>
+            <a:off x="1419478" y="3347159"/>
             <a:ext cx="1617784" cy="890954"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1242646" y="2566349"/>
+            <a:off x="1528893" y="3607970"/>
             <a:ext cx="1398954" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Пример</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1333755067"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>План дилерского центра</a:t>
@@ -5765,164 +9407,188 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Пожалуйста, разместите план помещения с указанием периметра, площади и размещения функциональных зон (автомобили/ рабочие места и пр.) </a:t>
+              <a:t>Пожалуйста, разместите план помещения с указанием периметра, площади и размещения функциональных зон (автомобили/ рабочие </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>места, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>количество а/м, сервисная зона, склад запасных частей и пр.) </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Стрелка вправо 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1133231" y="2305538"/>
+            <a:off x="1149900" y="3596081"/>
             <a:ext cx="1617784" cy="890954"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1242646" y="2566349"/>
+            <a:off x="1259315" y="3856892"/>
             <a:ext cx="1398954" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Пример</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Рисунок 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId2" cstate="email">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="4416061" y="558920"/>
             <a:ext cx="4274275" cy="7166707"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="TextBox 3"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4290645" y="3363139"/>
+            <a:off x="4355187" y="3363139"/>
             <a:ext cx="1680308" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" err="1" smtClean="0"/>
               <a:t>Шоурум</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="TextBox 10"/>
           <p:cNvSpPr txBox="1"/>
@@ -6040,79 +9706,79 @@
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3763697741"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Фото предлагаемого здания снаружи и прилегающей территории</a:t>
@@ -6141,187 +9807,167 @@
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Пожалуйста, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>добавьте </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>обзорные фотографии, на которых хорошо видны главный фасад здания, вход в предполагаемый </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>шоурум</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>шоу-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>рум</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>EVOLUTE</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>, корпоративная идентификация всех размещенных в здании брендов (при наличии), и прилегающей территории</a:t>
-            </a:r>
+              <a:t>, корпоративная идентификация всех размещенных в здании брендов (при наличии), и прилегающей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>территории</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>В случае необходимости допустимо использовать дополнительный слайд)</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="696A6C"/>
+              </a:solidFill>
+              <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Прямоугольник 4"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1393216" y="2405186"/>
-[...62 lines deleted...]
-            <a:ext cx="4046293" cy="1502509"/>
+            <a:off x="6466149" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="4197DF"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -6338,114 +9984,52 @@
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Прямоугольник 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1393215" y="4261340"/>
-[...62 lines deleted...]
-            <a:ext cx="4046293" cy="1502509"/>
+            <a:off x="1448874" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="4197DF"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -6474,218 +10058,243 @@
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2314235291"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
               <a:t>Фото предлагаемого </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1"/>
-              <a:t>шоурума</a:t>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>шоу-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" err="1" smtClean="0"/>
+              <a:t>рума</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="947738" y="1536701"/>
             <a:ext cx="10175515" cy="1107441"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Пожалуйста, добавьте </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>обзорные </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>фотографии </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>шоурума</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:t>шоу-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>рума</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>В случае необходимости допустимо использовать дополнительный слайд) </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1393216" y="2405186"/>
-            <a:ext cx="4061924" cy="1502507"/>
+            <a:off x="6466149" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="4197DF"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -6696,182 +10305,58 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6574815" y="2405184"/>
-[...124 lines deleted...]
-            <a:ext cx="4046293" cy="1502509"/>
+            <a:off x="1448874" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="4197DF"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -6900,205 +10385,217 @@
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2783905005"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Фото сервисной зоны включая склад запасных частей и мойку</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="947738" y="1536701"/>
-            <a:ext cx="10175515" cy="1107441"/>
+            <a:off x="947738" y="1536702"/>
+            <a:ext cx="10175515" cy="530638"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Пожалуйста, добавьте </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>обзорные </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>фотографии </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>сервисной зоны, склада запасных частей и мойки</a:t>
-[...6 lines deleted...]
-            </a:endParaRPr>
+              <a:t>сервисной зоны, склада запасных частей и мойки </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>В случае необходимости допустимо использовать дополнительный слайд)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1393216" y="2405186"/>
-            <a:ext cx="4061924" cy="1502507"/>
+            <a:off x="6466149" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="4197DF"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -7109,182 +10606,58 @@
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="white"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Прямоугольник 7"/>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6574815" y="2405184"/>
-[...124 lines deleted...]
-            <a:ext cx="4046293" cy="1502509"/>
+            <a:off x="1448874" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:srgbClr val="4197DF"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -7313,187 +10686,506 @@
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3019667706"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Фото малярно-кузовной зоны</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Заголовок 1"/>
+          <p:cNvPr id="4" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="947738" y="1536701"/>
-            <a:ext cx="10175515" cy="546099"/>
+            <a:off x="947738" y="1536702"/>
+            <a:ext cx="10175515" cy="530638"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Пожалуйста, добавьте </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>обзорные </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>фотографии </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>малярно-кузовной зоны </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>В случае необходимости допустимо использовать дополнительный слайд)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Прямоугольник 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6466149" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="4197DF"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Прямоугольник 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1448874" y="2644142"/>
+            <a:ext cx="4061924" cy="2945625"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="3175" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="4197DF"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:miter lim="800000"/>
+          </a:ln>
+          <a:effectLst/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1800" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:prstClr val="white"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3529502883"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="550864" y="339587"/>
+            <a:ext cx="8189724" cy="609577"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>План размещения наружной идентификации</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="947738" y="1536701"/>
+            <a:ext cx="10693400" cy="546099"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Пожалуйста, добавьте фотопривязку фасадной вывески и оформления входа в </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" err="1">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>шоурум</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>шоу-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>рум</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>EVOLUTE</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> по примеру ниже</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="696A6C"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Прямоугольник 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="947738" y="2413000"/>
             <a:ext cx="4970462" cy="3714499"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175">
             <a:solidFill>
@@ -7561,505 +11253,1234 @@
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Рисунок 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="959253" y="2412999"/>
             <a:ext cx="4958947" cy="3719210"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Рисунок 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6129338" y="2399650"/>
             <a:ext cx="4970462" cy="3727847"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Стрелка вправо 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1031631" y="1740655"/>
+            <a:off x="959253" y="2399650"/>
             <a:ext cx="1294636" cy="684292"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="TextBox 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1109785" y="1898135"/>
+            <a:off x="1037407" y="2557130"/>
             <a:ext cx="1216482" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
               <a:t>Пример</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1106376811"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="550864" y="339587"/>
+            <a:ext cx="6676871" cy="609577"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
+              <a:t>Общая информация</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Таблица 3"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1224536047"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2082903" y="1956952"/>
+          <a:ext cx="8424534" cy="1459996"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="3538618"/>
+                <a:gridCol w="4885916"/>
+              </a:tblGrid>
+              <a:tr h="291604">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ЮРИДИЧЕСКОЕ НАИМЕНОВАНИЕ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="292098">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ЮРИДИЧЕСКИЙ АДРЕС</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="292098">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ИНН/ КПП</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="292098">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ОГРН</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>:</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="292098">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ФИО ГЕНЕРАЛЬНОГО ДИРЕКТОРА</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Прямоугольник 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2082904" y="1484313"/>
+            <a:ext cx="4320413" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Информация о компании-заявителе</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="6" name="Таблица 5"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4242690044"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="2082904" y="4539765"/>
+          <a:ext cx="8424534" cy="999900"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="3526447"/>
+                <a:gridCol w="4898087"/>
+              </a:tblGrid>
+              <a:tr h="226347">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ФИО</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="257851">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ДОЛЖНОСТЬ В КОМПАНИИ-ЗАЯВИТЕЛЕ</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="257851">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>ТЕЛЕФОН</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="257851">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>АДРЕС ЭЛЕКТРОННОЙ ПОЧТЫ</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Прямоугольник 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2085420" y="4192293"/>
+            <a:ext cx="3262432" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Контактное лицо по заявке</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="841150218"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:timing>
+    <p:tnLst>
+      <p:par>
+        <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
+      </p:par>
+    </p:tnLst>
+  </p:timing>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Заголовок 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>Спасибо!</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Прямоугольник 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="708213" y="1363014"/>
-            <a:ext cx="10659034" cy="3323987"/>
+            <a:ext cx="10659034" cy="2739211"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>В случае, если Вы считаете необходимым дополнить заявку фотографиями, либо иными материалами, просим добавить ссылку на них (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
+              <a:rPr lang="en-US" sz="1200" dirty="0" err="1">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Yandex</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>диск)</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>в</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>соответствующий слайд Заявки.</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Ваша заявка будет рассмотрена в соответствии с приоритетами по развитию дилерской сети и в случае заинтересованности в открытии в Вашем городе мы свяжемся с Вами по указанным в шаблоне контактам в течение 5 рабочих дней.</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
-                <a:prstClr val="black"/>
+                <a:srgbClr val="696A6C"/>
               </a:solidFill>
-              <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+              <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              <a:ea typeface="+mj-ea"/>
+              <a:cs typeface="+mj-cs"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>В случае, если предлагаемый для открытия город не входит в приоритеты, мы сохраним Ваше предложение в «банке заявок» и обязательно вернёмся к ней в случае необходимости.</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>С уважением,</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>отдел развития дилерской </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0" smtClean="0">
+              <a:t>отдел развития дилерской сети Бренда </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
-                  <a:prstClr val="black"/>
+                  <a:srgbClr val="696A6C"/>
                 </a:solidFill>
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
-[...26 lines deleted...]
-                <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>EVOLUTE</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
               </a:rPr>
               <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
@@ -8093,1070 +12514,366 @@
               <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1337515583"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="6676871" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
-              <a:t>Общая информация</a:t>
-[...695 lines deleted...]
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>Структура собственности заявителя</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE37507D-9D0E-1019-1C79-8BCE8B649A52}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE37507D-9D0E-1019-1C79-8BCE8B649A52}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="947738" y="1520825"/>
-            <a:ext cx="10147437" cy="954105"/>
+            <a:ext cx="10147437" cy="461663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700" cap="flat">
             <a:noFill/>
             <a:miter lim="400000"/>
           </a:ln>
           <a:effectLst/>
           <a:sp3d/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
-              <a:t>Пожалуйста, в свободной форме укажите полные ФИО и доли владения учредителей компании-заявителя, а также наименование, год основания  и профиль деятельности каждого юридического лица, аффилированного с компанией-заявителем</a:t>
-[...20 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:t>Пожалуйста, в свободной форме укажите полные ФИО и доли владения учредителей </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>компании-заявителя, сферу деятельности учредителя.</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="ru-RU" sz="1200" b="0" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Montserrat" panose="020B0604020202020204" charset="-52"/>
               <a:sym typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Group 264"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3120910241"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3578217800"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1600350" y="2829169"/>
           <a:ext cx="8065268" cy="2247721"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="2304628"/>
                 <a:gridCol w="1968218"/>
                 <a:gridCol w="1968218"/>
                 <a:gridCol w="1824204"/>
               </a:tblGrid>
               <a:tr h="247756">
                 <a:tc gridSpan="4">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="800" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Учредители заявленного юр.</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="800" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="800" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>лица</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="800" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="800" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>для открытия ДЦ</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="800" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
               </a:tr>
               <a:tr h="236081">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFont typeface="Arial"/>
-                        <a:buNone/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ф. И. О.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -9230,89 +12947,90 @@
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="248394">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFont typeface="Arial"/>
-                        <a:buNone/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Контактный </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>e-mail</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -9388,78 +13106,79 @@
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="379229">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFont typeface="Arial"/>
-                        <a:buNone/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Контактный мобильный телефон</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -9535,79 +13254,80 @@
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="452983">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFont typeface="Arial"/>
-                        <a:buNone/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Сумма </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>уставного капитала</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
@@ -9718,78 +13438,90 @@
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Руб.</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="236081">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFont typeface="Arial"/>
-                        <a:buNone/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>%</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> Владения</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
@@ -9896,79 +13628,80 @@
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>%</a:t>
                       </a:r>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="447197">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFont typeface="Arial"/>
-                        <a:buNone/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Сфера </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>деятельности </a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
@@ -10070,71 +13803,71 @@
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3822704039"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="6676871" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>Структура компании</a:t>
@@ -10169,69 +13902,75 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1231897" y="1972347"/>
-            <a:ext cx="1398954" cy="369332"/>
+            <a:off x="1231897" y="2003124"/>
+            <a:ext cx="1398954" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
               <a:t>Пример</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Скругленный прямоугольник 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4862146" y="2341679"/>
             <a:ext cx="2032000" cy="1011341"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
@@ -11006,1133 +14745,4321 @@
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="1100" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:rPr>
               <a:t>Юр лица/компании входящие в холдинг</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="696A6C"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               <a:ea typeface="+mj-ea"/>
               <a:cs typeface="+mj-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="TextBox 24"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2852949" y="1520825"/>
+            <a:ext cx="6050393" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:rPr>
+              <a:t>Необходимо указать структуру холдинга в случае если компания заявитель является частью холдинга</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2522016914"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Заголовок 1">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Заголовок 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
-            <a:ext cx="8189724" cy="609577"/>
+            <a:ext cx="6692774" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Опыт кандидата в автомобильном бизнесе</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="4" name="Таблица 3"/>
+          <p:cNvPr id="27" name="Group 106"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2560299898"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="248608103"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="947737" y="1536700"/>
-          <a:ext cx="10152062" cy="4021484"/>
+          <a:off x="947738" y="1414952"/>
+          <a:ext cx="10490425" cy="4924679"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr firstRow="1" bandRow="1">
-[...1 lines deleted...]
-              </a:tblPr>
+              <a:tblPr/>
               <a:tblGrid>
-                <a:gridCol w="1623525"/>
-[...5 lines deleted...]
-                <a:gridCol w="2213159"/>
+                <a:gridCol w="2462969">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1093105">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1066822">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1155725">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1177951">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20004"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1177951">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3253956412"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1177951">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3095519726"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="1177951">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3586230219"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="464038">
-[...5 lines deleted...]
-                      <a:pPr algn="ctr"/>
+              <a:tr h="315876">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>НАЗВАНИЕ БРЕНДА</a:t>
+                        <a:t>Бренды </a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...16 lines deleted...]
-                      <a:pPr algn="ctr"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>ГОД ЗАКЛЮЧЕНИЯ ДОГОВОРА</a:t>
+                        <a:t>в портфолио кандидата</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...16 lines deleted...]
-                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:endParaRPr lang="ko-KR" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFontTx/>
-[...1 lines deleted...]
-                        <a:tabLst/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr">
+                    <a:noFill/>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="277586">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t> ПРОДАЖИ 2023 (шт.)</a:t>
+                        <a:t>Начало </a:t>
                       </a:r>
-                    </a:p>
-[...24 lines deleted...]
-                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t> ПРОДАЖИ 2024 (шт.)</a:t>
+                        <a:t>деятельности</a:t>
                       </a:r>
-                    </a:p>
-[...8 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:endParaRPr lang="en-US" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFontTx/>
-[...1 lines deleted...]
-                        <a:tabLst/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="302079">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>ПРОДАЖИ 2025 (шт.)</a:t>
+                        <a:t>Площадь </a:t>
                       </a:r>
-                    </a:p>
-[...8 lines deleted...]
-                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>ФОТО </a:t>
+                        <a:t>Шоу-</a:t>
                       </a:r>
-                    </a:p>
-[...1 lines deleted...]
-                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1"/>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>ФАСАДА</a:t>
+                        <a:t>рума</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...32 lines deleted...]
-                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>ФОТО </a:t>
+                        <a:t>/ сервиса</a:t>
                       </a:r>
-                    </a:p>
-[...1 lines deleted...]
-                      <a:pPr marL="0" marR="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:endParaRPr lang="ko-KR" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
-                        <a:buFontTx/>
-[...1 lines deleted...]
-                        <a:tabLst/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="316797">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>ШОУРУМА</a:t>
+                        <a:t>Тип </a:t>
                       </a:r>
-                    </a:p>
-[...2 lines deleted...]
-                </a:tc>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>дилерского </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>центра (</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Монобренд</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>/</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Мультибренда</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
-              <a:tr h="819671">
-[...4 lines deleted...]
-                    <a:p>
+              <a:tr h="352674">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи 2020, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>шт</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> / Доля ДЦ в городе</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="367393">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>23</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>шт</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> / Доля ДЦ в городе</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="884083">
-[...4 lines deleted...]
-                    <a:p>
+              <a:tr h="359229">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>24</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>шт</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> / Доля ДЦ в городе</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="408214">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>20</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>25</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>, </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>шт</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> / Доля ДЦ в городе</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ko-KR" altLang="en-US" sz="1000" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="906076">
-[...4 lines deleted...]
-                    <a:p>
+              <a:tr h="293914">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Количество </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>сотрудников</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="285750">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Коэффициент </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>текучести кадров (%)</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10008"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="375557">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Наличие </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>инвестиционных обязательств</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" noProof="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10009"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="1269610">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="1000" kern="1200" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Фотографии дилерского центра</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="en-US" sz="1000" kern="1200" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...7 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...5 lines deleted...]
-                    <a:p>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr/>
-[...34 lines deleted...]
-                </a:tc>
+                  <a:tcPr marT="0" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="bg1"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="790572584"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="888049467"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>Расположение дилерских центров в городе</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Заголовок 1"/>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5399768" y="1633012"/>
-            <a:ext cx="5825085" cy="1107441"/>
+            <a:off x="5399768" y="1633011"/>
+            <a:ext cx="5825085" cy="1483899"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="4400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>Пожалуйста, разместите карту города с указанием мест размещения дилерских центров  и предлагаемого </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:t>Пожалуйста, разместите карту города с указанием мест размещения дилерских центров  и предлагаемого</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>EVOLUTE </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>здания </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1400" dirty="0">
+              <a:t>EVOLUTE (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>по аналогии с образцом</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0">
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="ru-RU" sz="1400" dirty="0">
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> с указанием автомобильных</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>локаций и расстояния от ближайших ДЦ до предлагаемого здания </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Evolute</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="696A6C"/>
               </a:solidFill>
               <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Рисунок 5"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId2" cstate="email">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId3">
                     <a14:imgEffect>
                       <a14:saturation sat="0"/>
                     </a14:imgEffect>
                   </a14:imgLayer>
                 </a14:imgProps>
+              </a:ext>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="5388" t="4133" b="3592"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="965200" y="1536701"/>
             <a:ext cx="4332968" cy="4597400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Овал 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1513114" y="5039832"/>
@@ -12393,1694 +19320,1775 @@
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>3 – предложение для </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>EVOLUTE</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="696A6C"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>, адрес ________________________</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Стрелка вправо 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="998136" y="1636608"/>
+            <a:ext cx="1617784" cy="890954"/>
+          </a:xfrm>
+          <a:prstGeom prst="rightArrow">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1107551" y="1897419"/>
+            <a:ext cx="1398954" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="ru-RU" dirty="0" smtClean="0"/>
+              <a:t>Пример</a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4225900691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550864" y="339587"/>
             <a:ext cx="8189724" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
               <a:t>Общая информация о предлагаемом объекте</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Group 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4213466872"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3324957711"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="947738" y="1520825"/>
-          <a:ext cx="10152061" cy="4608514"/>
+          <a:off x="947738" y="1484313"/>
+          <a:ext cx="10152061" cy="4693811"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr/>
               <a:tblGrid>
                 <a:gridCol w="1127778"/>
-                <a:gridCol w="3557591"/>
-                <a:gridCol w="5466692"/>
+                <a:gridCol w="2623705"/>
+                <a:gridCol w="6400578"/>
               </a:tblGrid>
               <a:tr h="504504">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Формат </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>организации здания (нужное подчеркнуть)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>1. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Новое </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>строительство</a:t>
                       </a:r>
-                      <a:endParaRPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="160338" marR="0" lvl="0" indent="-160338" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>2</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Реконструкция</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                     <a:p>
                       <a:pPr marL="160338" marR="0" lvl="0" indent="-160338" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>3</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>. </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ребрендинг</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="310995">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Тип </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>дилерского центра (нужное подчеркнуть)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Моно-бренд</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>/</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Совмещенный / Сити-холл </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>шоурум</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="403584">
                 <a:tc rowSpan="8">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Данные </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>по помещению</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Адрес предлагаемого здания дилерского центра</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="239100">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Статус </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>собственности</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="261232">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Кадастровый номер участка</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="293887">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Размер </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>земельного участка</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Га</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="651939">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Шоу-</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>рум</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> (включая зону выдачи новых авто)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
-[...9 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:endParaRPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Размер</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> : </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Длина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> * </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ширина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>, </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>если более 1 этажа, то указать данные по каждому этажу</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ko-KR" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>㎡ </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(  m x   m)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="382469">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Слесарный </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>цех</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t/>
                       </a:r>
                       <a:br>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                       </a:br>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Размер</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> : </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Длина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> * </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ширина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ko-KR" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>㎡ </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(  m x   m)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="385613">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Склад запасных частей</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
-[...9 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:endParaRPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Размер</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> : </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Длина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> * </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ширина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ko-KR" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ko-KR" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>㎡ </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(  m x   m)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="385613">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
@@ -14094,696 +21102,711 @@
                         <a:defRPr/>
                       </a:pPr>
                       <a:endParaRPr lang="ru-RU" sz="700" b="1" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="392351"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Кузовной цех </a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
-[...9 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:endParaRPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Размер</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> : </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Длина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> * </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ширина</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ko-KR" altLang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ko-KR" altLang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>㎡ </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>(  m x   m)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="504504">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Наличие </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>коммуникаций (электричество, вода, </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>отопление, подведение резервной линии для размещения быстрых зарядных станций 380Вольт, 3 фазы)</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
               <a:tr h="285074">
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Срок </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>готовности к запуску </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" kern="1200" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>дилерского центра</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" kern="1200" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr">
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>ММ</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>/ ГГГГГ</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1346812589"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Заголовок 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
+                <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85518433-EF96-DA7B-8A64-C123073735A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="550863" y="339587"/>
             <a:ext cx="8788521" cy="609577"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU" sz="2200" dirty="0"/>
               <a:t>Прогноз продаж новых автомобилей </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>EVOLUTE</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="5" name="Group 216"/>
+          <p:cNvPr id="8" name="Group 216"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="326813595"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3678583572"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="947738" y="1520825"/>
-          <a:ext cx="10087589" cy="2269693"/>
+          <a:off x="550863" y="1222049"/>
+          <a:ext cx="11090281" cy="2600501"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr>
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1379162"/>
-[...12 lines deleted...]
-                <a:gridCol w="669879"/>
+                <a:gridCol w="1206376"/>
+                <a:gridCol w="803082"/>
+                <a:gridCol w="731520"/>
+                <a:gridCol w="771277"/>
+                <a:gridCol w="803081"/>
+                <a:gridCol w="747423"/>
+                <a:gridCol w="675861"/>
+                <a:gridCol w="803081"/>
+                <a:gridCol w="675861"/>
+                <a:gridCol w="826936"/>
+                <a:gridCol w="836391"/>
+                <a:gridCol w="736464"/>
+                <a:gridCol w="900001"/>
+                <a:gridCol w="572927"/>
               </a:tblGrid>
-              <a:tr h="211418">
+              <a:tr h="255926">
                 <a:tc gridSpan="13">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Прогноз продаж новых автомобилей</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>EVOLUTE </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>2025</a:t>
+                        <a:t>202</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>6</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
@@ -14892,9631 +21915,13464 @@
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="331011">
+              <a:tr h="259429">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Период</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Январь</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Февраль</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Март</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Апрель</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Май</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Июнь</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Июль</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Август</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Сентябрь</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Октябрь</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Ноябрь</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Декабрь</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>Итого</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
+              <a:tr h="311959">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>i</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>-SPACE</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
+              <a:tr h="214935">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>-SPACE</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="214685">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>i</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>-JET</a:t>
+                        <a:t>-SKY</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
-[...5 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:tr h="159026">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
+                        <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>-SKY</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="209632">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>i</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>-SKY</a:t>
+                        <a:t>-JOY</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
+              <a:tr h="159026">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>-JOY</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="297096">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPts val="1199"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>EVOLUTE</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="300562">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPts val="1199"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>EVOLUTE</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="4" name="Group 216"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955961520"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="550857" y="3901833"/>
+          <a:ext cx="11090281" cy="2600501"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr>
+                <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="1206376"/>
+                <a:gridCol w="803082"/>
+                <a:gridCol w="731520"/>
+                <a:gridCol w="771277"/>
+                <a:gridCol w="803081"/>
+                <a:gridCol w="747423"/>
+                <a:gridCol w="675861"/>
+                <a:gridCol w="803081"/>
+                <a:gridCol w="675861"/>
+                <a:gridCol w="826936"/>
+                <a:gridCol w="836391"/>
+                <a:gridCol w="736464"/>
+                <a:gridCol w="900001"/>
+                <a:gridCol w="572927"/>
+              </a:tblGrid>
+              <a:tr h="255926">
+                <a:tc gridSpan="13">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Прогноз продаж новых автомобилей</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>EVOLUTE </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>2027</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="259429">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Период</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Январь</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Февраль</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Март</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Апрель</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Май</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Июнь</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Июль</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Август</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Сентябрь</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Октябрь</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Ноябрь</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Декабрь</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="311959">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>i</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>-VAN</a:t>
+                        <a:t>-SPACE</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
+              <a:tr h="214935">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>-SPACE</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="214685">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>i</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>-JOY</a:t>
+                        <a:t>-SKY</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
+              <a:tr h="159026">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>-SKY</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="209632">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>i</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
-[...4019 lines deleted...]
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>-JOY</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
+              <a:tr h="159026">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>Выкуп </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>i</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:rPr>
+                        <a:t>-JOY</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mn-ea"/>
+                        <a:cs typeface="+mn-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="+mn-lt"/>
+                        <a:ea typeface="Modern H Medium"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
+                </a:tc>
+              </a:tr>
+              <a:tr h="297096">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPts val="1199"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>i</a:t>
+                        <a:t>Итого Продажи </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>-JOY (new)</a:t>
+                        <a:t>EVOLUTE</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                         <a:solidFill>
                           <a:srgbClr val="696A6C"/>
                         </a:solidFill>
                         <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                         <a:ea typeface="+mj-ea"/>
                         <a:cs typeface="+mj-cs"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
-              <a:tr h="228505">
-[...5 lines deleted...]
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:tr h="300562">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPts val="1199"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Total / </a:t>
+                        <a:t>Итого Выкуп </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Всего</a:t>
+                        <a:t>EVOLUTE</a:t>
                       </a:r>
-                      <a:r>
-[...37 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="700" b="1" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
+                        <a:lnSpc>
+                          <a:spcPts val="1200"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFont typeface="Arial"/>
+                        <a:buNone/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
-                        <a:latin typeface="Calibri"/>
+                        <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marT="25717" marB="25717" anchor="ctr"/>
+                  <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400">
                         <a:lnSpc>
                           <a:spcPts val="1200"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFont typeface="Arial"/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
-[...34 lines deleted...]
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" u="none" strike="noStrike" cap="none" dirty="0">
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                         <a:solidFill>
                           <a:schemeClr val="tx1"/>
                         </a:solidFill>
                         <a:latin typeface="+mn-lt"/>
                         <a:ea typeface="Modern H Medium"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marT="25718" marB="25718" anchor="ctr"/>
                 </a:tc>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="937095736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD5ADF55-2BC7-2C9E-0662-FA2C169F2BD9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Заголовок 1">
-[...7 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="5" name="Заголовок 1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="613388" y="371498"/>
-            <a:ext cx="8189724" cy="609577"/>
+            <a:off x="838200" y="204436"/>
+            <a:ext cx="10515600" cy="662782"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="696A6C"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="2200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="ru-RU" sz="2200" b="1" dirty="0"/>
+              <a:rPr lang="ru-RU" dirty="0"/>
+              <a:t>Прогнозный отчет о прибылях и убытках</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
-          <p:cNvPr id="6" name="Group 188"/>
+          <p:cNvPr id="7" name="Table 6"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1474569700"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="583311600"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="2172677" y="2266464"/>
-          <a:ext cx="7127631" cy="2086705"/>
+          <a:off x="947738" y="1484313"/>
+          <a:ext cx="5314421" cy="4678393"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
-              <a:tblPr>
-[...1 lines deleted...]
-              </a:tblPr>
+              <a:tblPr/>
               <a:tblGrid>
-                <a:gridCol w="2874845"/>
-[...1 lines deleted...]
-                <a:gridCol w="2044608"/>
+                <a:gridCol w="2544417">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="850790">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="970059">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="949155">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
               </a:tblGrid>
-              <a:tr h="312775">
-[...18 lines deleted...]
-                        <a:buNone/>
+              <a:tr h="237431">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Прогноз  </a:t>
+                        <a:t>Отдел продаж а/м</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>маркетинговых затрат*</a:t>
+                        <a:t>Итого </a:t>
                       </a:r>
-                    </a:p>
-[...45 lines deleted...]
-                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
-[...43 lines deleted...]
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>202</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>5</a:t>
+                        <a:t>6</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...29 lines deleted...]
-                        <a:buNone/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>202</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>7</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>202</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>8</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="173911">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Общие продажи автомобилей (опт + розница), Шт.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1593207978"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="143123">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Розничные продажи Штуки</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166978">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Розничные продажи Выручка</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166977">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Розничные продажи Валовая Прибыль</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="150723">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Оптовые продажи Штуки</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="151075">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Оптовые продажи Выручка</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166978">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Оптовые продажи Валовая Прибыль</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="169407">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Доходы от продажи страховых/кредитных услуг</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10007"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="156596">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажа аксессуаров</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4265188851"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166977">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                        <a:lnSpc>
+                          <a:spcPct val="100000"/>
+                        </a:lnSpc>
+                        <a:spcBef>
+                          <a:spcPts val="0"/>
+                        </a:spcBef>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                        <a:buClrTx/>
+                        <a:buSzTx/>
+                        <a:buFontTx/>
+                        <a:buNone/>
+                        <a:tabLst/>
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Прочие доходы (ДОП)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3154417424"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="174929">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Переменные расходы</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10010"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166978">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Расходы на персонал</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10011"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="182880">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Постоянные расходы</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10012"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="251182">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого прибыль от продаж новых а/м</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10013"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="174346">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t> </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l" fontAlgn="b"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="b"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10014"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="253032">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Отдел продаж подержанных а/м</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10015"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="156326">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи Штуки</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10016"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166978">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи Выручка</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10017"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166977">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Продажи Валовая Прибыль</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10018"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="143124">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Другие </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>доходы (ДОП+</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>F&amp;I</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>)</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10019"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="143123">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Переменные расходы</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10020"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="151075">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Расходы на персонал</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10021"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="174929">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Постоянные расходы</a:t>
+                      </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10022"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="302361">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого прибыль от продаж подержанных а/м</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr" fontAlgn="ctr"/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10023"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="8" name="Table 8"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4186215955"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="6377401" y="2793679"/>
+          <a:ext cx="4722399" cy="1333861"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr/>
+              <a:tblGrid>
+                <a:gridCol w="2219043">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20000"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="887195">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20001"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="902611">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20002"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="713550">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="20003"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="214655">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итоговые данные</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>Итого </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="696A6C"/>
+                          </a:solidFill>
+                          <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="+mj-ea"/>
+                          <a:cs typeface="+mj-cs"/>
+                        </a:rPr>
+                        <a:t>202</a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
                         <a:t>6</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...31 lines deleted...]
-                        <a:buNone/>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Продажи </a:t>
+                        <a:t>Итого </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>EVOLUTE</a:t>
+                        <a:t>202</a:t>
                       </a:r>
-                      <a:endParaRPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...99 lines deleted...]
-                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Сумма</a:t>
+                        <a:t>7</a:t>
                       </a:r>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr lang="en-US" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>,</a:t>
+                        <a:t>Итого </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>202</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="en-US" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Руб.</a:t>
+                        <a:t>8</a:t>
                       </a:r>
-                      <a:endParaRPr lang="ru-RU" sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
-[...76 lines deleted...]
-                </a:tc>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="1" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10000"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
-              <a:tr h="443482">
-[...5 lines deleted...]
-                      <a:pPr>
+              <a:tr h="188090">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Сумма</a:t>
+                        <a:t>Итого прибыль отделов</a:t>
                       </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10001"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166977">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>Административные расходы</a:t>
                       </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10002"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="174929">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>на</a:t>
+                        <a:t>Расходы на собственность</a:t>
                       </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10003"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="151075">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t> </a:t>
+                        <a:t>Проценты уплаченные</a:t>
                       </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10004"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="166977">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>один</a:t>
+                        <a:t>Прочие </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t> а/м, </a:t>
+                        <a:t>расходы УК</a:t>
                       </a:r>
+                      <a:endParaRPr sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="b">
+                    <a:solidFill>
+                      <a:schemeClr val="accent1">
+                        <a:lumMod val="20000"/>
+                        <a:lumOff val="80000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10005"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="271158">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
                       <a:r>
-                        <a:rPr sz="800" b="0" i="0" kern="1200" baseline="0" dirty="0" err="1" smtClean="0">
+                        <a:rPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
                           <a:solidFill>
                             <a:srgbClr val="696A6C"/>
                           </a:solidFill>
                           <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
                           <a:ea typeface="+mj-ea"/>
                           <a:cs typeface="+mj-cs"/>
                         </a:rPr>
-                        <a:t>Руб</a:t>
+                        <a:t>Итого чистая прибыль периода</a:t>
                       </a:r>
-                      <a:r>
-[...87 lines deleted...]
-                </a:tc>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="3528" marR="3528" marT="1985" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="ctr" latinLnBrk="0" hangingPunct="1">
+                        <a:defRPr/>
+                      </a:pPr>
+                      <a:endParaRPr lang="ru-RU" sz="900" b="0" i="0" kern="1200" baseline="0" dirty="0">
+                        <a:solidFill>
+                          <a:srgbClr val="696A6C"/>
+                        </a:solidFill>
+                        <a:latin typeface="Montserrat" pitchFamily="2" charset="0"/>
+                        <a:ea typeface="+mj-ea"/>
+                        <a:cs typeface="+mj-cs"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="9525" marR="9525" marT="9525" marB="0" anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="10006"/>
+                  </a:ext>
+                </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321961898"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549794577"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="evolute">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
@@ -25048,103 +35904,107 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>654</Words>
+  <Words>992</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>161</Paragraphs>
-  <Slides>16</Slides>
+  <Paragraphs>238</Paragraphs>
+  <Slides>20</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>16</vt:i4>
+        <vt:i4>20</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="25" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Open Sans Light</vt:lpstr>
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Montserrat</vt:lpstr>
+      <vt:lpstr>Open Sans Light</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
-      <vt:lpstr>Malgun Gothic</vt:lpstr>
+      <vt:lpstr>맑은 고딕</vt:lpstr>
       <vt:lpstr>Modern H Medium</vt:lpstr>
+      <vt:lpstr>Open Sans</vt:lpstr>
       <vt:lpstr>Тема Office</vt:lpstr>
       <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Общая информация</vt:lpstr>
       <vt:lpstr>Структура собственности заявителя</vt:lpstr>
       <vt:lpstr>Структура компании</vt:lpstr>
-      <vt:lpstr>Опыт заявителя в автомобильном бизнесе</vt:lpstr>
+      <vt:lpstr>Опыт кандидата в автомобильном бизнесе</vt:lpstr>
       <vt:lpstr>Расположение дилерских центров в городе</vt:lpstr>
       <vt:lpstr>Общая информация о предлагаемом объекте</vt:lpstr>
       <vt:lpstr>Прогноз продаж новых автомобилей EVOLUTE</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
+      <vt:lpstr>Информация о бюджете для бизнеса</vt:lpstr>
       <vt:lpstr>Бюджет на маркетинг</vt:lpstr>
+      <vt:lpstr>Презентация PowerPoint</vt:lpstr>
       <vt:lpstr>Генеральный план территории</vt:lpstr>
       <vt:lpstr>План дилерского центра</vt:lpstr>
       <vt:lpstr>Фото предлагаемого здания снаружи и прилегающей территории</vt:lpstr>
-      <vt:lpstr>Фото предлагаемого шоурума</vt:lpstr>
+      <vt:lpstr>Фото предлагаемого шоу-рума</vt:lpstr>
       <vt:lpstr>Фото сервисной зоны включая склад запасных частей и мойку</vt:lpstr>
+      <vt:lpstr>Фото малярно-кузовной зоны</vt:lpstr>
       <vt:lpstr>План размещения наружной идентификации</vt:lpstr>
       <vt:lpstr>Спасибо!</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>